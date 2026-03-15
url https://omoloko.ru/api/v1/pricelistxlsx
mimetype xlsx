--- v0 (2026-01-19)
+++ v1 (2026-03-15)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="764" uniqueCount="764">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="758" uniqueCount="758">
   <si>
     <t>Прайс-лист официального интернет-магазина «Чистая Линия»</t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>Количество штук в упаковке</t>
   </si>
   <si>
     <t>Цена за шт., руб.</t>
   </si>
   <si>
     <t>Цена за шт. со скидкой 20%, руб.</t>
   </si>
   <si>
     <t>Игрушки</t>
   </si>
   <si>
@@ -2017,68 +2017,50 @@
     <t>560.00</t>
   </si>
   <si>
     <t>80034020</t>
   </si>
   <si>
     <t>Термокороб в подарочной упаковке, 25л</t>
   </si>
   <si>
     <t>947.00</t>
   </si>
   <si>
     <t>757.60</t>
   </si>
   <si>
     <t>80034030</t>
   </si>
   <si>
     <t>Термокороб в подарочной упаковке, 50л</t>
   </si>
   <si>
     <t>1420.00</t>
   </si>
   <si>
     <t>1136.00</t>
-  </si>
-[...16 lines deleted...]
-    <t>Подарочный шоппер «Апельсиновое настроение»</t>
   </si>
   <si>
     <t>Ложки</t>
   </si>
   <si>
     <t>80010040</t>
   </si>
   <si>
     <t>Ложка для мороженого</t>
   </si>
   <si>
     <t>890.00</t>
   </si>
   <si>
     <t>712.00</t>
   </si>
   <si>
     <t>Термокороба</t>
   </si>
   <si>
     <t>80030010</t>
   </si>
   <si>
     <t>Термокороб с крышкой, 15л</t>
   </si>
@@ -2395,51 +2377,51 @@
     <xf numFmtId="0" applyNumberFormat="1" fontId="4" applyFont="1" fillId="2" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="TableNumber" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G266"/>
+  <dimension ref="A1:G264"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1" style="2"/>
     <col min="2" max="2" width="10" customWidth="1" style="2"/>
     <col min="3" max="3" width="50" customWidth="1" style="2"/>
     <col min="4" max="4" width="11" customWidth="1" style="2"/>
     <col min="5" max="5" width="11" customWidth="1" style="2"/>
     <col min="6" max="6" width="11" customWidth="1" style="2"/>
     <col min="7" max="16384" width="9.140625" customWidth="1" style="2"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1" s="3" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="3"/>
     </row>
@@ -6197,54 +6179,54 @@
       </c>
       <c r="D199" s="6">
         <v>16</v>
       </c>
       <c r="E199" s="9" t="s">
         <v>570</v>
       </c>
       <c r="F199" s="9" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="6">
         <v>2</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>590</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>591</v>
       </c>
       <c r="D200" s="6">
         <v>16</v>
       </c>
       <c r="E200" s="9" t="s">
-        <v>570</v>
+        <v>349</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>589</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="6">
         <v>3</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>593</v>
       </c>
       <c r="D201" s="6">
         <v>16</v>
       </c>
       <c r="E201" s="9" t="s">
         <v>570</v>
       </c>
       <c r="F201" s="9" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="6">
         <v>4</v>
@@ -6716,804 +6698,764 @@
       </c>
       <c r="F226" s="9" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="6">
         <v>4</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>666</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>667</v>
       </c>
       <c r="D227" s="6">
         <v>1</v>
       </c>
       <c r="E227" s="9" t="s">
         <v>668</v>
       </c>
       <c r="F227" s="9" t="s">
         <v>669</v>
       </c>
     </row>
-    <row r="228">
-[...3 lines deleted...]
-      <c r="B228" s="2" t="s">
+    <row r="228" s="7" customFormat="1">
+      <c r="A228" s="8" t="s">
         <v>670</v>
       </c>
-      <c r="C228" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B228" s="8"/>
+      <c r="C228" s="8"/>
+      <c r="D228" s="8"/>
+      <c r="E228" s="8"/>
+      <c r="F228" s="8"/>
+      <c r="G228" s="7"/>
     </row>
     <row r="229">
       <c r="A229" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="B229" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="D229" s="6">
+        <v>1</v>
+      </c>
+      <c r="E229" s="9" t="s">
+        <v>673</v>
+      </c>
+      <c r="F229" s="9" t="s">
         <v>674</v>
-      </c>
-[...10 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="230" s="7" customFormat="1">
       <c r="A230" s="8" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="B230" s="8"/>
       <c r="C230" s="8"/>
       <c r="D230" s="8"/>
       <c r="E230" s="8"/>
       <c r="F230" s="8"/>
       <c r="G230" s="7"/>
     </row>
     <row r="231">
       <c r="A231" s="6">
         <v>1</v>
       </c>
       <c r="B231" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="C231" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="C231" s="2" t="s">
+      <c r="D231" s="6">
+        <v>1</v>
+      </c>
+      <c r="E231" s="9" t="s">
+        <v>570</v>
+      </c>
+      <c r="F231" s="9" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="6">
+        <v>2</v>
+      </c>
+      <c r="B232" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="D231" s="6">
-[...2 lines deleted...]
-      <c r="E231" s="9" t="s">
+      <c r="C232" s="2" t="s">
         <v>679</v>
       </c>
-      <c r="F231" s="9" t="s">
+      <c r="D232" s="6">
+        <v>1</v>
+      </c>
+      <c r="E232" s="9" t="s">
         <v>680</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A232" s="8" t="s">
+      <c r="F232" s="9" t="s">
         <v>681</v>
       </c>
-      <c r="B232" s="8"/>
-[...4 lines deleted...]
-      <c r="G232" s="7"/>
     </row>
     <row r="233">
       <c r="A233" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>682</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>683</v>
       </c>
       <c r="D233" s="6">
         <v>1</v>
       </c>
       <c r="E233" s="9" t="s">
-        <v>570</v>
+        <v>684</v>
       </c>
       <c r="F233" s="9" t="s">
-        <v>589</v>
+        <v>685</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D234" s="6">
         <v>1</v>
       </c>
       <c r="E234" s="9" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="F234" s="9" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D235" s="6">
         <v>1</v>
       </c>
       <c r="E235" s="9" t="s">
-        <v>690</v>
+        <v>563</v>
       </c>
       <c r="F235" s="9" t="s">
-        <v>691</v>
-[...6 lines deleted...]
-      <c r="B236" s="2" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="236" s="7" customFormat="1">
+      <c r="A236" s="8" t="s">
         <v>692</v>
       </c>
-      <c r="C236" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="8"/>
+      <c r="G236" s="7"/>
     </row>
     <row r="237">
       <c r="A237" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="B237" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="D237" s="6">
+        <v>1</v>
+      </c>
+      <c r="E237" s="9" t="s">
+        <v>695</v>
+      </c>
+      <c r="F237" s="9" t="s">
         <v>696</v>
       </c>
-      <c r="C237" s="2" t="s">
+    </row>
+    <row r="238">
+      <c r="A238" s="6">
+        <v>2</v>
+      </c>
+      <c r="B238" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="D237" s="6">
-[...10 lines deleted...]
-      <c r="A238" s="8" t="s">
+      <c r="C238" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="B238" s="8"/>
-[...4 lines deleted...]
-      <c r="G238" s="7"/>
+      <c r="D238" s="6">
+        <v>1</v>
+      </c>
+      <c r="E238" s="9" t="s">
+        <v>699</v>
+      </c>
+      <c r="F238" s="9" t="s">
+        <v>700</v>
+      </c>
     </row>
     <row r="239">
       <c r="A239" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D239" s="6">
         <v>1</v>
       </c>
       <c r="E239" s="9" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="F239" s="9" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D240" s="6">
         <v>1</v>
       </c>
       <c r="E240" s="9" t="s">
-        <v>705</v>
+        <v>267</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>706</v>
+        <v>268</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>707</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>708</v>
       </c>
       <c r="D241" s="6">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="E241" s="9" t="s">
         <v>709</v>
       </c>
       <c r="F241" s="9" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>711</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>712</v>
       </c>
       <c r="D242" s="6">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="E242" s="9" t="s">
-        <v>267</v>
+        <v>713</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>268</v>
-[...9 lines deleted...]
-      <c r="C243" s="2" t="s">
         <v>714</v>
       </c>
-      <c r="D243" s="6">
-[...2 lines deleted...]
-      <c r="E243" s="9" t="s">
+    </row>
+    <row r="243" s="7" customFormat="1">
+      <c r="A243" s="8" t="s">
         <v>715</v>
       </c>
-      <c r="F243" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B243" s="8"/>
+      <c r="C243" s="8"/>
+      <c r="D243" s="8"/>
+      <c r="E243" s="8"/>
+      <c r="F243" s="8"/>
+      <c r="G243" s="7"/>
     </row>
     <row r="244">
       <c r="A244" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="B244" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="C244" s="2" t="s">
         <v>717</v>
       </c>
-      <c r="C244" s="2" t="s">
+      <c r="D244" s="6">
+        <v>30</v>
+      </c>
+      <c r="E244" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F244" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="6">
+        <v>2</v>
+      </c>
+      <c r="B245" s="2" t="s">
         <v>718</v>
       </c>
-      <c r="D244" s="6">
-[...2 lines deleted...]
-      <c r="E244" s="9" t="s">
+      <c r="C245" s="2" t="s">
         <v>719</v>
       </c>
-      <c r="F244" s="9" t="s">
-[...12 lines deleted...]
-      <c r="G245" s="7"/>
+      <c r="D245" s="6">
+        <v>30</v>
+      </c>
+      <c r="E245" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F245" s="9" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="246">
       <c r="A246" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="D246" s="6">
         <v>30</v>
       </c>
       <c r="E246" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="D247" s="6">
         <v>30</v>
       </c>
       <c r="E247" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F247" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="D248" s="6">
         <v>30</v>
       </c>
       <c r="E248" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F248" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="D249" s="6">
         <v>30</v>
       </c>
       <c r="E249" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="D250" s="6">
         <v>30</v>
       </c>
       <c r="E250" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F250" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="6">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="D251" s="6">
         <v>30</v>
       </c>
       <c r="E251" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="6">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D252" s="6">
         <v>30</v>
       </c>
       <c r="E252" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="6">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="D253" s="6">
         <v>30</v>
       </c>
       <c r="E253" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="254">
-[...17 lines deleted...]
-      </c>
+    <row r="254" s="7" customFormat="1">
+      <c r="A254" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="B254" s="8"/>
+      <c r="C254" s="8"/>
+      <c r="D254" s="8"/>
+      <c r="E254" s="8"/>
+      <c r="F254" s="8"/>
+      <c r="G254" s="7"/>
     </row>
     <row r="255">
       <c r="A255" s="6">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="B255" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="D255" s="6">
+        <v>24</v>
+      </c>
+      <c r="E255" s="9" t="s">
+        <v>739</v>
+      </c>
+      <c r="F255" s="9" t="s">
         <v>740</v>
       </c>
-      <c r="C255" s="2" t="s">
+    </row>
+    <row r="256">
+      <c r="A256" s="6">
+        <v>2</v>
+      </c>
+      <c r="B256" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="D255" s="6">
-[...10 lines deleted...]
-      <c r="A256" s="8" t="s">
+      <c r="C256" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="B256" s="8"/>
-[...4 lines deleted...]
-      <c r="G256" s="7"/>
+      <c r="D256" s="6">
+        <v>24</v>
+      </c>
+      <c r="E256" s="9" t="s">
+        <v>739</v>
+      </c>
+      <c r="F256" s="9" t="s">
+        <v>740</v>
+      </c>
     </row>
     <row r="257">
       <c r="A257" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>744</v>
       </c>
       <c r="D257" s="6">
         <v>24</v>
       </c>
       <c r="E257" s="9" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="F257" s="9" t="s">
-        <v>746</v>
+        <v>740</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D258" s="6">
         <v>24</v>
       </c>
       <c r="E258" s="9" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>746</v>
+        <v>740</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D259" s="6">
         <v>24</v>
       </c>
       <c r="E259" s="9" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>746</v>
-[...20 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+    </row>
+    <row r="260" s="7" customFormat="1">
+      <c r="A260" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="B260" s="8"/>
+      <c r="C260" s="8"/>
+      <c r="D260" s="8"/>
+      <c r="E260" s="8"/>
+      <c r="F260" s="8"/>
+      <c r="G260" s="7"/>
     </row>
     <row r="261">
       <c r="A261" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="B261" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="D261" s="6">
+        <v>30</v>
+      </c>
+      <c r="E261" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F261" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="6">
+        <v>2</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="C262" s="2" t="s">
         <v>753</v>
       </c>
-      <c r="C261" s="2" t="s">
-[...21 lines deleted...]
-      <c r="G262" s="7"/>
+      <c r="D262" s="6">
+        <v>30</v>
+      </c>
+      <c r="E262" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F262" s="9" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="263">
       <c r="A263" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D263" s="6">
         <v>30</v>
       </c>
       <c r="E263" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="D264" s="6">
         <v>30</v>
       </c>
       <c r="E264" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="9" t="s">
-        <v>15</v>
-[...38 lines deleted...]
-      <c r="F266" s="9" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A103:F103"/>
     <mergeCell ref="A112:F112"/>
     <mergeCell ref="A116:F116"/>
     <mergeCell ref="A129:F129"/>
     <mergeCell ref="A136:F136"/>
     <mergeCell ref="A140:F140"/>
     <mergeCell ref="A151:F151"/>
     <mergeCell ref="A153:F153"/>
     <mergeCell ref="A158:F158"/>
     <mergeCell ref="A161:F161"/>
     <mergeCell ref="A165:F165"/>
     <mergeCell ref="A171:F171"/>
     <mergeCell ref="A174:F174"/>
     <mergeCell ref="A179:F179"/>
     <mergeCell ref="A181:F181"/>
     <mergeCell ref="A183:F183"/>
     <mergeCell ref="A185:F185"/>
     <mergeCell ref="A198:F198"/>
     <mergeCell ref="A204:F204"/>
     <mergeCell ref="A214:F214"/>
     <mergeCell ref="A223:F223"/>
+    <mergeCell ref="A228:F228"/>
     <mergeCell ref="A230:F230"/>
-    <mergeCell ref="A232:F232"/>
-[...3 lines deleted...]
-    <mergeCell ref="A262:F262"/>
+    <mergeCell ref="A236:F236"/>
+    <mergeCell ref="A243:F243"/>
+    <mergeCell ref="A254:F254"/>
+    <mergeCell ref="A260:F260"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Прайс-лист</dc:title>
   <dc:creator>Omoloko</dc:creator>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties"/>
 </file>